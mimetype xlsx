--- v0 (2025-10-20)
+++ v1 (2025-12-08)
@@ -411,83 +411,83 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>2</v>
       </c>
       <c r="B2">
-        <v>4198</v>
+        <v>4538</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>3</v>
       </c>
       <c r="B3">
-        <v>3912</v>
+        <v>4104</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4">
-        <v>357</v>
+        <v>398</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>5</v>
       </c>
       <c r="B5">
-        <v>220</v>
+        <v>242</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>6</v>
       </c>
       <c r="B6">
-        <v>78</v>
+        <v>82</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Data</vt:lpstr>