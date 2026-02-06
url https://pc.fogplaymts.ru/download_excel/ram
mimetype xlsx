--- v1 (2025-12-08)
+++ v2 (2026-02-06)
@@ -411,83 +411,83 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>2</v>
       </c>
       <c r="B2">
-        <v>4538</v>
+        <v>4833</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>3</v>
       </c>
       <c r="B3">
-        <v>4104</v>
+        <v>4296</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4">
-        <v>398</v>
+        <v>426</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>5</v>
       </c>
       <c r="B5">
-        <v>242</v>
+        <v>264</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>6</v>
       </c>
       <c r="B6">
-        <v>82</v>
+        <v>87</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Data</vt:lpstr>