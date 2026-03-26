--- v2 (2026-02-06)
+++ v3 (2026-03-26)
@@ -411,83 +411,83 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>2</v>
       </c>
       <c r="B2">
-        <v>4833</v>
+        <v>5027</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>3</v>
       </c>
       <c r="B3">
-        <v>4296</v>
+        <v>4410</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4">
-        <v>426</v>
+        <v>456</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>5</v>
       </c>
       <c r="B5">
-        <v>264</v>
+        <v>271</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>6</v>
       </c>
       <c r="B6">
-        <v>87</v>
+        <v>90</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Data</vt:lpstr>