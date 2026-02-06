--- v0 (2025-10-20)
+++ v1 (2026-02-06)
@@ -30,66 +30,66 @@
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="12">
   <si>
     <t>Processor</t>
   </si>
   <si>
     <t>Count</t>
   </si>
   <si>
     <t>AMD Ryzen 5 7600 6-Core Processor</t>
   </si>
   <si>
     <t>AMD Ryzen 5 5600 6-Core Processor</t>
   </si>
   <si>
     <t>12th Gen Intel(R) Core(TM) i5-12400F</t>
   </si>
   <si>
     <t>AMD Ryzen 7 5700X 8-Core Processor</t>
   </si>
   <si>
+    <t>AMD Ryzen 5 7500F 6-Core Processor</t>
+  </si>
+  <si>
     <t>Intel(R) Xeon(R) CPU E5-2680 v4 @ 2.40GHz</t>
   </si>
   <si>
     <t>AMD Ryzen 9 7950X 16-Core Processor</t>
   </si>
   <si>
-    <t>AMD Ryzen 5 7500F 6-Core Processor</t>
-[...1 lines deleted...]
-  <si>
     <t>AMD Ryzen 5 5500</t>
   </si>
   <si>
     <t>AMD Ryzen 5 5600X 6-Core Processor</t>
   </si>
   <si>
-    <t>13th Gen Intel(R) Core(TM) i5-13400F</t>
+    <t>AMD Ryzen 9 5950X 16-Core Processor</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -426,123 +426,123 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>2</v>
       </c>
       <c r="B2">
-        <v>1546</v>
+        <v>1554</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>3</v>
       </c>
       <c r="B3">
-        <v>687</v>
+        <v>749</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4">
-        <v>543</v>
+        <v>594</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>5</v>
       </c>
       <c r="B5">
-        <v>283</v>
+        <v>321</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>6</v>
       </c>
       <c r="B6">
-        <v>271</v>
+        <v>305</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>7</v>
       </c>
       <c r="B7">
-        <v>242</v>
+        <v>303</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8">
-        <v>233</v>
+        <v>296</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>9</v>
       </c>
       <c r="B9">
-        <v>231</v>
+        <v>271</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>10</v>
       </c>
       <c r="B10">
-        <v>206</v>
+        <v>265</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>11</v>
       </c>
       <c r="B11">
-        <v>150</v>
+        <v>182</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Data</vt:lpstr>