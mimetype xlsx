--- v1 (2026-02-06)
+++ v2 (2026-03-26)
@@ -33,54 +33,54 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="12">
   <si>
     <t>Processor</t>
   </si>
   <si>
     <t>Count</t>
   </si>
   <si>
     <t>AMD Ryzen 5 7600 6-Core Processor</t>
   </si>
   <si>
     <t>AMD Ryzen 5 5600 6-Core Processor</t>
   </si>
   <si>
     <t>12th Gen Intel(R) Core(TM) i5-12400F</t>
   </si>
   <si>
     <t>AMD Ryzen 7 5700X 8-Core Processor</t>
   </si>
   <si>
     <t>AMD Ryzen 5 7500F 6-Core Processor</t>
   </si>
   <si>
+    <t>AMD Ryzen 9 7950X 16-Core Processor</t>
+  </si>
+  <si>
     <t>Intel(R) Xeon(R) CPU E5-2680 v4 @ 2.40GHz</t>
-  </si>
-[...1 lines deleted...]
-    <t>AMD Ryzen 9 7950X 16-Core Processor</t>
   </si>
   <si>
     <t>AMD Ryzen 5 5500</t>
   </si>
   <si>
     <t>AMD Ryzen 5 5600X 6-Core Processor</t>
   </si>
   <si>
     <t>AMD Ryzen 9 5950X 16-Core Processor</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
@@ -426,123 +426,123 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>2</v>
       </c>
       <c r="B2">
-        <v>1554</v>
+        <v>1568</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>3</v>
       </c>
       <c r="B3">
-        <v>749</v>
+        <v>758</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4">
-        <v>594</v>
+        <v>613</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>5</v>
       </c>
       <c r="B5">
-        <v>321</v>
+        <v>335</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>6</v>
       </c>
       <c r="B6">
-        <v>305</v>
+        <v>321</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>7</v>
       </c>
       <c r="B7">
-        <v>303</v>
+        <v>315</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8">
-        <v>296</v>
+        <v>310</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>9</v>
       </c>
       <c r="B9">
-        <v>271</v>
+        <v>282</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>10</v>
       </c>
       <c r="B10">
-        <v>265</v>
+        <v>281</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>11</v>
       </c>
       <c r="B11">
-        <v>182</v>
+        <v>194</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Data</vt:lpstr>