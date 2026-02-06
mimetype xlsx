--- v0 (2025-10-20)
+++ v1 (2026-02-06)
@@ -10,272 +10,284 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Data" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="74" uniqueCount="74">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="78" uniqueCount="78">
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Count</t>
   </si>
   <si>
     <t>19 ₽/час</t>
   </si>
   <si>
     <t>25 ₽/час</t>
   </si>
   <si>
+    <t>24 ₽/час</t>
+  </si>
+  <si>
+    <t>29 ₽/час</t>
+  </si>
+  <si>
     <t>13 ₽/час</t>
   </si>
   <si>
-    <t>29 ₽/час</t>
+    <t>38 ₽/час</t>
   </si>
   <si>
     <t>32 ₽/час</t>
   </si>
   <si>
-    <t>38 ₽/час</t>
-[...1 lines deleted...]
-  <si>
     <t>30 ₽/час</t>
   </si>
   <si>
+    <t>35 ₽/час</t>
+  </si>
+  <si>
     <t>20 ₽/час</t>
   </si>
   <si>
-    <t>35 ₽/час</t>
-[...1 lines deleted...]
-  <si>
     <t>50 ₽/час</t>
   </si>
   <si>
+    <t>49 ₽/час</t>
+  </si>
+  <si>
+    <t>15 ₽/час</t>
+  </si>
+  <si>
+    <t>44 ₽/час</t>
+  </si>
+  <si>
+    <t>39 ₽/час</t>
+  </si>
+  <si>
+    <t>40 ₽/час</t>
+  </si>
+  <si>
     <t>22 ₽/час</t>
   </si>
   <si>
-    <t>15 ₽/час</t>
-[...1 lines deleted...]
-  <si>
     <t>23 ₽/час</t>
   </si>
   <si>
-    <t>24 ₽/час</t>
-[...2 lines deleted...]
-    <t>44 ₽/час</t>
+    <t>28 ₽/час</t>
   </si>
   <si>
     <t>33 ₽/час</t>
   </si>
   <si>
-    <t>40 ₽/час</t>
+    <t>63 ₽/час</t>
   </si>
   <si>
     <t>17 ₽/час</t>
   </si>
   <si>
-    <t>28 ₽/час</t>
-[...5 lines deleted...]
-    <t>39 ₽/час</t>
+    <t>34 ₽/час</t>
   </si>
   <si>
     <t>55 ₽/час</t>
   </si>
   <si>
-    <t>34 ₽/час</t>
-[...1 lines deleted...]
-  <si>
     <t>45 ₽/час</t>
   </si>
   <si>
-    <t>49 ₽/час</t>
+    <t>27 ₽/час</t>
   </si>
   <si>
     <t>14 ₽/час</t>
   </si>
   <si>
     <t>18 ₽/час</t>
   </si>
   <si>
+    <t>69 ₽/час</t>
+  </si>
+  <si>
+    <t>37 ₽/час</t>
+  </si>
+  <si>
     <t>31 ₽/час</t>
   </si>
   <si>
-    <t>37 ₽/час</t>
-[...5 lines deleted...]
-    <t>69 ₽/час</t>
+    <t>57 ₽/час</t>
+  </si>
+  <si>
+    <t>60 ₽/час</t>
+  </si>
+  <si>
+    <t>75 ₽/час</t>
   </si>
   <si>
     <t>42 ₽/час</t>
   </si>
   <si>
-    <t>75 ₽/час</t>
-[...2 lines deleted...]
-    <t>57 ₽/час</t>
+    <t>47 ₽/час</t>
+  </si>
+  <si>
+    <t>62 ₽/час</t>
+  </si>
+  <si>
+    <t>125 ₽/час</t>
+  </si>
+  <si>
+    <t>625 ₽/час</t>
+  </si>
+  <si>
+    <t>53 ₽/час</t>
+  </si>
+  <si>
+    <t>100 ₽/час</t>
+  </si>
+  <si>
+    <t>68 ₽/час</t>
+  </si>
+  <si>
+    <t>59 ₽/час</t>
+  </si>
+  <si>
+    <t>65 ₽/час</t>
+  </si>
+  <si>
+    <t>36 ₽/час</t>
+  </si>
+  <si>
+    <t>88 ₽/час</t>
   </si>
   <si>
     <t>48 ₽/час</t>
   </si>
   <si>
-    <t>47 ₽/час</t>
-[...14 lines deleted...]
-    <t>125 ₽/час</t>
+    <t>54 ₽/час</t>
+  </si>
+  <si>
+    <t>107 ₽/час</t>
+  </si>
+  <si>
+    <t>77 ₽/час</t>
+  </si>
+  <si>
+    <t>51 ₽/час</t>
+  </si>
+  <si>
+    <t>70 ₽/час</t>
+  </si>
+  <si>
+    <t>21 ₽/час</t>
+  </si>
+  <si>
+    <t>80 ₽/час</t>
+  </si>
+  <si>
+    <t>58 ₽/час</t>
+  </si>
+  <si>
+    <t>16 ₽/час</t>
+  </si>
+  <si>
+    <t>79 ₽/час</t>
+  </si>
+  <si>
+    <t>72 ₽/час</t>
+  </si>
+  <si>
+    <t>26 ₽/час</t>
+  </si>
+  <si>
+    <t>43 ₽/час</t>
+  </si>
+  <si>
+    <t>95 ₽/час</t>
+  </si>
+  <si>
+    <t>85 ₽/час</t>
+  </si>
+  <si>
+    <t>87 ₽/час</t>
+  </si>
+  <si>
+    <t>46 ₽/час</t>
+  </si>
+  <si>
+    <t>94 ₽/час</t>
+  </si>
+  <si>
+    <t>89 ₽/час</t>
+  </si>
+  <si>
+    <t>375 ₽/час</t>
+  </si>
+  <si>
+    <t>67 ₽/час</t>
+  </si>
+  <si>
+    <t>150 ₽/час</t>
   </si>
   <si>
     <t>124 ₽/час</t>
   </si>
   <si>
-    <t>65 ₽/час</t>
-[...29 lines deleted...]
-    <t>80 ₽/час</t>
+    <t>110 ₽/час</t>
+  </si>
+  <si>
+    <t>188 ₽/час</t>
+  </si>
+  <si>
+    <t>438 ₽/час</t>
+  </si>
+  <si>
+    <t>52 ₽/час</t>
+  </si>
+  <si>
+    <t>73 ₽/час</t>
   </si>
   <si>
     <t>74 ₽/час</t>
-  </si>
-[...52 lines deleted...]
-    <t>94 ₽/час</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -593,637 +605,669 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:B73"/>
+  <dimension ref="A1:B77"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>2</v>
       </c>
       <c r="B2">
-        <v>3586</v>
+        <v>3147</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>3</v>
       </c>
       <c r="B3">
-        <v>1215</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4">
-        <v>675</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>5</v>
       </c>
       <c r="B5">
-        <v>655</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>6</v>
       </c>
       <c r="B6">
-        <v>286</v>
+        <v>671</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>7</v>
       </c>
       <c r="B7">
-        <v>245</v>
+        <v>299</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8">
-        <v>206</v>
+        <v>288</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>9</v>
       </c>
       <c r="B9">
-        <v>203</v>
+        <v>230</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>10</v>
       </c>
       <c r="B10">
-        <v>195</v>
+        <v>229</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>11</v>
       </c>
       <c r="B11">
-        <v>157</v>
+        <v>171</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>12</v>
       </c>
       <c r="B12">
-        <v>132</v>
+        <v>165</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>13</v>
       </c>
       <c r="B13">
-        <v>119</v>
+        <v>150</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>14</v>
       </c>
       <c r="B14">
-        <v>115</v>
+        <v>118</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>15</v>
       </c>
       <c r="B15">
-        <v>111</v>
+        <v>109</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>16</v>
       </c>
       <c r="B16">
-        <v>99</v>
+        <v>108</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>17</v>
       </c>
       <c r="B17">
-        <v>84</v>
+        <v>108</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>18</v>
       </c>
       <c r="B18">
-        <v>81</v>
+        <v>89</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>19</v>
       </c>
       <c r="B19">
-        <v>80</v>
+        <v>87</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>20</v>
       </c>
       <c r="B20">
-        <v>77</v>
+        <v>85</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>21</v>
       </c>
       <c r="B21">
-        <v>72</v>
+        <v>84</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>22</v>
       </c>
       <c r="B22">
-        <v>59</v>
+        <v>80</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>23</v>
       </c>
       <c r="B23">
-        <v>59</v>
+        <v>80</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>24</v>
       </c>
       <c r="B24">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>25</v>
       </c>
       <c r="B25">
         <v>51</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>26</v>
       </c>
       <c r="B26">
-        <v>46</v>
+        <v>49</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>27</v>
       </c>
       <c r="B27">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
         <v>28</v>
       </c>
       <c r="B28">
-        <v>41</v>
+        <v>44</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
         <v>29</v>
       </c>
       <c r="B29">
-        <v>34</v>
+        <v>41</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
         <v>30</v>
       </c>
       <c r="B30">
-        <v>31</v>
+        <v>40</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
         <v>31</v>
       </c>
       <c r="B31">
-        <v>29</v>
+        <v>40</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
         <v>32</v>
       </c>
       <c r="B32">
-        <v>24</v>
+        <v>34</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" t="s">
         <v>33</v>
       </c>
       <c r="B33">
-        <v>23</v>
+        <v>31</v>
       </c>
     </row>
     <row r="34" spans="1:2">
       <c r="A34" t="s">
         <v>34</v>
       </c>
       <c r="B34">
-        <v>21</v>
+        <v>30</v>
       </c>
     </row>
     <row r="35" spans="1:2">
       <c r="A35" t="s">
         <v>35</v>
       </c>
       <c r="B35">
-        <v>20</v>
+        <v>26</v>
       </c>
     </row>
     <row r="36" spans="1:2">
       <c r="A36" t="s">
         <v>36</v>
       </c>
       <c r="B36">
-        <v>17</v>
+        <v>26</v>
       </c>
     </row>
     <row r="37" spans="1:2">
       <c r="A37" t="s">
         <v>37</v>
       </c>
       <c r="B37">
-        <v>14</v>
+        <v>22</v>
       </c>
     </row>
     <row r="38" spans="1:2">
       <c r="A38" t="s">
         <v>38</v>
       </c>
       <c r="B38">
-        <v>13</v>
+        <v>15</v>
       </c>
     </row>
     <row r="39" spans="1:2">
       <c r="A39" t="s">
         <v>39</v>
       </c>
       <c r="B39">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="40" spans="1:2">
       <c r="A40" t="s">
         <v>40</v>
       </c>
       <c r="B40">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="41" spans="1:2">
       <c r="A41" t="s">
         <v>41</v>
       </c>
       <c r="B41">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="42" spans="1:2">
       <c r="A42" t="s">
         <v>42</v>
       </c>
       <c r="B42">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="43" spans="1:2">
       <c r="A43" t="s">
         <v>43</v>
       </c>
       <c r="B43">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="44" spans="1:2">
       <c r="A44" t="s">
         <v>44</v>
       </c>
       <c r="B44">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="45" spans="1:2">
       <c r="A45" t="s">
         <v>45</v>
       </c>
       <c r="B45">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="46" spans="1:2">
       <c r="A46" t="s">
         <v>46</v>
       </c>
       <c r="B46">
         <v>8</v>
       </c>
     </row>
     <row r="47" spans="1:2">
       <c r="A47" t="s">
         <v>47</v>
       </c>
       <c r="B47">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="48" spans="1:2">
       <c r="A48" t="s">
         <v>48</v>
       </c>
       <c r="B48">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="49" spans="1:2">
       <c r="A49" t="s">
         <v>49</v>
       </c>
       <c r="B49">
         <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:2">
       <c r="A50" t="s">
         <v>50</v>
       </c>
       <c r="B50">
         <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:2">
       <c r="A51" t="s">
         <v>51</v>
       </c>
       <c r="B51">
         <v>5</v>
       </c>
     </row>
     <row r="52" spans="1:2">
       <c r="A52" t="s">
         <v>52</v>
       </c>
       <c r="B52">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="53" spans="1:2">
       <c r="A53" t="s">
         <v>53</v>
       </c>
       <c r="B53">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="54" spans="1:2">
       <c r="A54" t="s">
         <v>54</v>
       </c>
       <c r="B54">
         <v>4</v>
       </c>
     </row>
     <row r="55" spans="1:2">
       <c r="A55" t="s">
         <v>55</v>
       </c>
       <c r="B55">
         <v>4</v>
       </c>
     </row>
     <row r="56" spans="1:2">
       <c r="A56" t="s">
         <v>56</v>
       </c>
       <c r="B56">
         <v>3</v>
       </c>
     </row>
     <row r="57" spans="1:2">
       <c r="A57" t="s">
         <v>57</v>
       </c>
       <c r="B57">
         <v>3</v>
       </c>
     </row>
     <row r="58" spans="1:2">
       <c r="A58" t="s">
         <v>58</v>
       </c>
       <c r="B58">
         <v>3</v>
       </c>
     </row>
     <row r="59" spans="1:2">
       <c r="A59" t="s">
         <v>59</v>
       </c>
       <c r="B59">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="60" spans="1:2">
       <c r="A60" t="s">
         <v>60</v>
       </c>
       <c r="B60">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="61" spans="1:2">
       <c r="A61" t="s">
         <v>61</v>
       </c>
       <c r="B61">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="62" spans="1:2">
       <c r="A62" t="s">
         <v>62</v>
       </c>
       <c r="B62">
         <v>2</v>
       </c>
     </row>
     <row r="63" spans="1:2">
       <c r="A63" t="s">
         <v>63</v>
       </c>
       <c r="B63">
         <v>2</v>
       </c>
     </row>
     <row r="64" spans="1:2">
       <c r="A64" t="s">
         <v>64</v>
       </c>
       <c r="B64">
         <v>2</v>
       </c>
     </row>
     <row r="65" spans="1:2">
       <c r="A65" t="s">
         <v>65</v>
       </c>
       <c r="B65">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="66" spans="1:2">
       <c r="A66" t="s">
         <v>66</v>
       </c>
       <c r="B66">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="67" spans="1:2">
       <c r="A67" t="s">
         <v>67</v>
       </c>
       <c r="B67">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="68" spans="1:2">
       <c r="A68" t="s">
         <v>68</v>
       </c>
       <c r="B68">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="69" spans="1:2">
       <c r="A69" t="s">
         <v>69</v>
       </c>
       <c r="B69">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="70" spans="1:2">
       <c r="A70" t="s">
         <v>70</v>
       </c>
       <c r="B70">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:2">
       <c r="A71" t="s">
         <v>71</v>
       </c>
       <c r="B71">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:2">
       <c r="A72" t="s">
         <v>72</v>
       </c>
       <c r="B72">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:2">
       <c r="A73" t="s">
         <v>73</v>
       </c>
       <c r="B73">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="74" spans="1:2">
+      <c r="A74" t="s">
+        <v>74</v>
+      </c>
+      <c r="B74">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="75" spans="1:2">
+      <c r="A75" t="s">
+        <v>75</v>
+      </c>
+      <c r="B75">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="76" spans="1:2">
+      <c r="A76" t="s">
+        <v>76</v>
+      </c>
+      <c r="B76">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="77" spans="1:2">
+      <c r="A77" t="s">
+        <v>77</v>
+      </c>
+      <c r="B77">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">