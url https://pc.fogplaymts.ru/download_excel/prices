--- v1 (2026-02-06)
+++ v2 (2026-03-26)
@@ -21,273 +21,273 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Data" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="78" uniqueCount="78">
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Count</t>
   </si>
   <si>
     <t>19 ₽/час</t>
   </si>
   <si>
+    <t>24 ₽/час</t>
+  </si>
+  <si>
     <t>25 ₽/час</t>
   </si>
   <si>
-    <t>24 ₽/час</t>
+    <t>13 ₽/час</t>
+  </si>
+  <si>
+    <t>35 ₽/час</t>
   </si>
   <si>
     <t>29 ₽/час</t>
   </si>
   <si>
-    <t>13 ₽/час</t>
-[...1 lines deleted...]
-  <si>
     <t>38 ₽/час</t>
   </si>
   <si>
     <t>32 ₽/час</t>
   </si>
   <si>
     <t>30 ₽/час</t>
   </si>
   <si>
-    <t>35 ₽/час</t>
-[...1 lines deleted...]
-  <si>
     <t>20 ₽/час</t>
   </si>
   <si>
     <t>50 ₽/час</t>
   </si>
   <si>
+    <t>44 ₽/час</t>
+  </si>
+  <si>
+    <t>33 ₽/час</t>
+  </si>
+  <si>
+    <t>15 ₽/час</t>
+  </si>
+  <si>
+    <t>63 ₽/час</t>
+  </si>
+  <si>
+    <t>22 ₽/час</t>
+  </si>
+  <si>
+    <t>43 ₽/час</t>
+  </si>
+  <si>
+    <t>40 ₽/час</t>
+  </si>
+  <si>
+    <t>23 ₽/час</t>
+  </si>
+  <si>
+    <t>28 ₽/час</t>
+  </si>
+  <si>
+    <t>45 ₽/час</t>
+  </si>
+  <si>
+    <t>17 ₽/час</t>
+  </si>
+  <si>
+    <t>58 ₽/час</t>
+  </si>
+  <si>
+    <t>34 ₽/час</t>
+  </si>
+  <si>
+    <t>55 ₽/час</t>
+  </si>
+  <si>
+    <t>39 ₽/час</t>
+  </si>
+  <si>
+    <t>37 ₽/час</t>
+  </si>
+  <si>
     <t>49 ₽/час</t>
   </si>
   <si>
-    <t>15 ₽/час</t>
-[...35 lines deleted...]
-    <t>45 ₽/час</t>
+    <t>60 ₽/час</t>
+  </si>
+  <si>
+    <t>14 ₽/час</t>
+  </si>
+  <si>
+    <t>18 ₽/час</t>
   </si>
   <si>
     <t>27 ₽/час</t>
   </si>
   <si>
-    <t>14 ₽/час</t>
-[...2 lines deleted...]
-    <t>18 ₽/час</t>
+    <t>75 ₽/час</t>
+  </si>
+  <si>
+    <t>31 ₽/час</t>
+  </si>
+  <si>
+    <t>57 ₽/час</t>
+  </si>
+  <si>
+    <t>42 ₽/час</t>
   </si>
   <si>
     <t>69 ₽/час</t>
   </si>
   <si>
-    <t>37 ₽/час</t>
-[...16 lines deleted...]
-  <si>
     <t>47 ₽/час</t>
   </si>
   <si>
     <t>62 ₽/час</t>
   </si>
   <si>
+    <t>59 ₽/час</t>
+  </si>
+  <si>
     <t>125 ₽/час</t>
   </si>
   <si>
+    <t>65 ₽/час</t>
+  </si>
+  <si>
+    <t>100 ₽/час</t>
+  </si>
+  <si>
     <t>625 ₽/час</t>
   </si>
   <si>
     <t>53 ₽/час</t>
   </si>
   <si>
-    <t>100 ₽/час</t>
-[...1 lines deleted...]
-  <si>
     <t>68 ₽/час</t>
   </si>
   <si>
-    <t>59 ₽/час</t>
-[...4 lines deleted...]
-  <si>
     <t>36 ₽/час</t>
   </si>
   <si>
+    <t>70 ₽/час</t>
+  </si>
+  <si>
     <t>88 ₽/час</t>
   </si>
   <si>
+    <t>54 ₽/час</t>
+  </si>
+  <si>
+    <t>74 ₽/час</t>
+  </si>
+  <si>
     <t>48 ₽/час</t>
   </si>
   <si>
-    <t>54 ₽/час</t>
+    <t>72 ₽/час</t>
+  </si>
+  <si>
+    <t>77 ₽/час</t>
+  </si>
+  <si>
+    <t>21 ₽/час</t>
+  </si>
+  <si>
+    <t>67 ₽/час</t>
   </si>
   <si>
     <t>107 ₽/час</t>
   </si>
   <si>
-    <t>77 ₽/час</t>
-[...8 lines deleted...]
-    <t>21 ₽/час</t>
+    <t>102 ₽/час</t>
+  </si>
+  <si>
+    <t>82 ₽/час</t>
   </si>
   <si>
     <t>80 ₽/час</t>
   </si>
   <si>
-    <t>58 ₽/час</t>
+    <t>79 ₽/час</t>
   </si>
   <si>
     <t>16 ₽/час</t>
   </si>
   <si>
-    <t>79 ₽/час</t>
-[...2 lines deleted...]
-    <t>72 ₽/час</t>
+    <t>85 ₽/час</t>
+  </si>
+  <si>
+    <t>94 ₽/час</t>
+  </si>
+  <si>
+    <t>89 ₽/час</t>
+  </si>
+  <si>
+    <t>73 ₽/час</t>
+  </si>
+  <si>
+    <t>375 ₽/час</t>
   </si>
   <si>
     <t>26 ₽/час</t>
   </si>
   <si>
-    <t>43 ₽/час</t>
-[...1 lines deleted...]
-  <si>
     <t>95 ₽/час</t>
   </si>
   <si>
-    <t>85 ₽/час</t>
-[...1 lines deleted...]
-  <si>
     <t>87 ₽/час</t>
   </si>
   <si>
+    <t>110 ₽/час</t>
+  </si>
+  <si>
+    <t>124 ₽/час</t>
+  </si>
+  <si>
+    <t>150 ₽/час</t>
+  </si>
+  <si>
+    <t>438 ₽/час</t>
+  </si>
+  <si>
     <t>46 ₽/час</t>
   </si>
   <si>
-    <t>94 ₽/час</t>
-[...32 lines deleted...]
-    <t>74 ₽/час</t>
+    <t>90 ₽/час</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -624,539 +624,539 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B77"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>2</v>
       </c>
       <c r="B2">
-        <v>3147</v>
+        <v>3056</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>3</v>
       </c>
       <c r="B3">
-        <v>1126</v>
+        <v>1461</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4">
-        <v>1080</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>5</v>
       </c>
       <c r="B5">
-        <v>1068</v>
+        <v>670</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>6</v>
       </c>
       <c r="B6">
-        <v>671</v>
+        <v>648</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>7</v>
       </c>
       <c r="B7">
-        <v>299</v>
+        <v>611</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8">
-        <v>288</v>
+        <v>283</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>9</v>
       </c>
       <c r="B9">
-        <v>230</v>
+        <v>282</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>10</v>
       </c>
       <c r="B10">
-        <v>229</v>
+        <v>186</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>11</v>
       </c>
       <c r="B11">
-        <v>171</v>
+        <v>170</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>12</v>
       </c>
       <c r="B12">
-        <v>165</v>
+        <v>155</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>13</v>
       </c>
       <c r="B13">
-        <v>150</v>
+        <v>135</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>14</v>
       </c>
       <c r="B14">
-        <v>118</v>
+        <v>133</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>15</v>
       </c>
       <c r="B15">
-        <v>109</v>
+        <v>118</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>16</v>
       </c>
       <c r="B16">
-        <v>108</v>
+        <v>100</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>17</v>
       </c>
       <c r="B17">
-        <v>108</v>
+        <v>88</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>18</v>
       </c>
       <c r="B18">
-        <v>89</v>
+        <v>87</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>19</v>
       </c>
       <c r="B19">
-        <v>87</v>
+        <v>86</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>20</v>
       </c>
       <c r="B20">
         <v>85</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>21</v>
       </c>
       <c r="B21">
-        <v>84</v>
+        <v>83</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>22</v>
       </c>
       <c r="B22">
-        <v>80</v>
+        <v>82</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>23</v>
       </c>
       <c r="B23">
         <v>80</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>24</v>
       </c>
       <c r="B24">
-        <v>58</v>
+        <v>76</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>25</v>
       </c>
       <c r="B25">
-        <v>51</v>
+        <v>68</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>26</v>
       </c>
       <c r="B26">
-        <v>49</v>
+        <v>60</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>27</v>
       </c>
       <c r="B27">
-        <v>46</v>
+        <v>58</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
         <v>28</v>
       </c>
       <c r="B28">
-        <v>44</v>
+        <v>54</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
         <v>29</v>
       </c>
       <c r="B29">
-        <v>41</v>
+        <v>52</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
         <v>30</v>
       </c>
       <c r="B30">
-        <v>40</v>
+        <v>46</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
         <v>31</v>
       </c>
       <c r="B31">
-        <v>40</v>
+        <v>44</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
         <v>32</v>
       </c>
       <c r="B32">
-        <v>34</v>
+        <v>41</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" t="s">
         <v>33</v>
       </c>
       <c r="B33">
-        <v>31</v>
+        <v>40</v>
       </c>
     </row>
     <row r="34" spans="1:2">
       <c r="A34" t="s">
         <v>34</v>
       </c>
       <c r="B34">
-        <v>30</v>
+        <v>39</v>
       </c>
     </row>
     <row r="35" spans="1:2">
       <c r="A35" t="s">
         <v>35</v>
       </c>
       <c r="B35">
-        <v>26</v>
+        <v>34</v>
       </c>
     </row>
     <row r="36" spans="1:2">
       <c r="A36" t="s">
         <v>36</v>
       </c>
       <c r="B36">
-        <v>26</v>
+        <v>28</v>
       </c>
     </row>
     <row r="37" spans="1:2">
       <c r="A37" t="s">
         <v>37</v>
       </c>
       <c r="B37">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="38" spans="1:2">
       <c r="A38" t="s">
         <v>38</v>
       </c>
       <c r="B38">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="39" spans="1:2">
       <c r="A39" t="s">
         <v>39</v>
       </c>
       <c r="B39">
-        <v>14</v>
+        <v>21</v>
       </c>
     </row>
     <row r="40" spans="1:2">
       <c r="A40" t="s">
         <v>40</v>
       </c>
       <c r="B40">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="41" spans="1:2">
       <c r="A41" t="s">
         <v>41</v>
       </c>
       <c r="B41">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="42" spans="1:2">
       <c r="A42" t="s">
         <v>42</v>
       </c>
       <c r="B42">
-        <v>11</v>
+        <v>17</v>
       </c>
     </row>
     <row r="43" spans="1:2">
       <c r="A43" t="s">
         <v>43</v>
       </c>
       <c r="B43">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="44" spans="1:2">
       <c r="A44" t="s">
         <v>44</v>
       </c>
       <c r="B44">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="45" spans="1:2">
       <c r="A45" t="s">
         <v>45</v>
       </c>
       <c r="B45">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="46" spans="1:2">
       <c r="A46" t="s">
         <v>46</v>
       </c>
       <c r="B46">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="47" spans="1:2">
       <c r="A47" t="s">
         <v>47</v>
       </c>
       <c r="B47">
-        <v>7</v>
+        <v>10</v>
       </c>
     </row>
     <row r="48" spans="1:2">
       <c r="A48" t="s">
         <v>48</v>
       </c>
       <c r="B48">
-        <v>7</v>
+        <v>9</v>
       </c>
     </row>
     <row r="49" spans="1:2">
       <c r="A49" t="s">
         <v>49</v>
       </c>
       <c r="B49">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="50" spans="1:2">
       <c r="A50" t="s">
         <v>50</v>
       </c>
       <c r="B50">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="51" spans="1:2">
       <c r="A51" t="s">
         <v>51</v>
       </c>
       <c r="B51">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="52" spans="1:2">
       <c r="A52" t="s">
         <v>52</v>
       </c>
       <c r="B52">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:2">
       <c r="A53" t="s">
         <v>53</v>
       </c>
       <c r="B53">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:2">
       <c r="A54" t="s">
         <v>54</v>
       </c>
       <c r="B54">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="55" spans="1:2">
       <c r="A55" t="s">
         <v>55</v>
       </c>
       <c r="B55">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="56" spans="1:2">
       <c r="A56" t="s">
         <v>56</v>
       </c>
       <c r="B56">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="57" spans="1:2">
       <c r="A57" t="s">
         <v>57</v>
       </c>
       <c r="B57">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="58" spans="1:2">
       <c r="A58" t="s">
         <v>58</v>
       </c>
       <c r="B58">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="59" spans="1:2">
       <c r="A59" t="s">
         <v>59</v>
       </c>
       <c r="B59">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="60" spans="1:2">
       <c r="A60" t="s">
         <v>60</v>
       </c>
       <c r="B60">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="61" spans="1:2">
       <c r="A61" t="s">
         <v>61</v>
       </c>
       <c r="B61">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="62" spans="1:2">
       <c r="A62" t="s">
         <v>62</v>
       </c>
       <c r="B62">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="63" spans="1:2">
       <c r="A63" t="s">
         <v>63</v>
       </c>
       <c r="B63">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="64" spans="1:2">
       <c r="A64" t="s">
         <v>64</v>
       </c>
       <c r="B64">
         <v>2</v>
       </c>
     </row>
     <row r="65" spans="1:2">
       <c r="A65" t="s">
         <v>65</v>
       </c>
       <c r="B65">
         <v>2</v>
       </c>
     </row>
     <row r="66" spans="1:2">
       <c r="A66" t="s">
         <v>66</v>
       </c>
       <c r="B66">
         <v>2</v>
       </c>
@@ -1168,59 +1168,59 @@
       <c r="B67">
         <v>2</v>
       </c>
     </row>
     <row r="68" spans="1:2">
       <c r="A68" t="s">
         <v>68</v>
       </c>
       <c r="B68">
         <v>2</v>
       </c>
     </row>
     <row r="69" spans="1:2">
       <c r="A69" t="s">
         <v>69</v>
       </c>
       <c r="B69">
         <v>2</v>
       </c>
     </row>
     <row r="70" spans="1:2">
       <c r="A70" t="s">
         <v>70</v>
       </c>
       <c r="B70">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="71" spans="1:2">
       <c r="A71" t="s">
         <v>71</v>
       </c>
       <c r="B71">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="72" spans="1:2">
       <c r="A72" t="s">
         <v>72</v>
       </c>
       <c r="B72">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:2">
       <c r="A73" t="s">
         <v>73</v>
       </c>
       <c r="B73">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:2">
       <c r="A74" t="s">
         <v>74</v>
       </c>
       <c r="B74">
         <v>1</v>
       </c>